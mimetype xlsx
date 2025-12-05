--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -861,75 +861,75 @@
     <t>Os Vereadores José Nogueira do Nascimento Júnior e Ana Maíza da Silva Medeiros, no uso de suas atribuições legais e regimentais, vêm respeitosamente, requerer que, após ouvido o Plenário, seja encaminhado ao Poder Executivo Municipal — especialmente à_x000D_
 Secretaria Municipal de Educação, o presente Pedido de Informações, com base na Lei n? 13.722, de 4 de outubro de 2018 (Lei Lucas), que torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_021-2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marcos Antonio de Morais Costa e José Nogueira do Nascimento Júnior, no uso de suas atribuições legais e regimentais, vêm respeitosamente requerer, após ouvido o Plenário, que seja encaminhado Pedido de Informações ao Excelentíssimo Senhor Prefeito Municipal e ao setor competente da Prefeitura de Ouro Branco/RN, com os seguintes questionamentos relacionados à arrecadação e investimento da Taxa de Iluminação Pública (COSIP) no exercício de 2024:_x000D_
 Qual foi o valor total arrecadado no ano de 2024 com a Contribuição para Custeio do Serviço de Iluminação Pública (COSIP)?_x000D_
 Qual o valor total investido, no mesmo período, na reposição de lâmpadas e na manutenção da rede de iluminação pública do município?_x000D_
 Existem contratos ativos com empresas terceirizadas para prestação desses serviços? Se sim, favor informar o número do contrato, nome da empresa, valor e período de vigência. Sala de Sessões de Ouro Branco - RN, 24 de abril de 2025.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_022-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador Amariudo dos Santos Silva, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer, após ouvido o Plenário, que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal e ao setor competente da Prefeitura de Ouro Branco/RN, solicitar a regulamentação da Lei que atribui o direito para a concessão de direito para o exercício das atividades de taxista no município de Ouro Branco-RN.</t>
   </si>
   <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_026-2025_-.docx</t>
+  </si>
+  <si>
+    <t>Os vereadores Marcos Antonio de Morais Costa, Josué Josedec de Moura, Ana Maiza da Silva Medeiros e José Nogueira do Nascimento Júnior vem, nos termos do artigo 110 do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvir o soberano Plenário, requerer: nos termos do artigo 110 do Regimento Interno desta casa, vem, perante Vossa Excelência, SOLICITAR, a convocação do empresário Danilo Pessoa, responsável construção do conjunto habitacional no município de Ouro Branco para prestar depoimento sobre o andamento da referida obra e motivos de atrasos na entrega da obra.</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_028-2025.docx</t>
+  </si>
+  <si>
+    <t>O vereador, Josué Josedec de Moura, vem, nos termos do artigo 110 do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvir o soberano Plenário, requerer: requer informações oficiais sobre a manutenção e possível retorno dos serviços de recuperação das estradas vicinais com a moto niveladora...</t>
+  </si>
+  <si>
     <t>434</t>
   </si>
   <si>
     <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_036-2025.docx</t>
   </si>
   <si>
     <t>Solicita a conclusão e entrega do novo conjunto habitacional.</t>
-  </si>
-[...16 lines deleted...]
-    <t>O vereador, Josué Josedec de Moura, vem, nos termos do artigo 110 do Regimento Interno desta casa, vem, perante Vossa Excelência, após ouvir o soberano Plenário, requerer: requer informações oficiais sobre a manutenção e possível retorno dos serviços de recuperação das estradas vicinais com a moto niveladora...</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_040-2025.docx</t>
   </si>
   <si>
     <t>Prestação de Contas do Dinheiro Depositado pela Secretaria Nacional da Defesa Civil</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_041-2025.docx</t>
   </si>
   <si>
     <t>Solicitação de Emendas ao Governo do RN, Deputada Federal Natália Bonavides, Adjuto Dias, Francisco do PT e Nelter Queirós para Instalação de Energia Solar nas Associações Comunitárias que estiverem em situação regular do Município de Ouro Branco.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>BLOCO PL/ PSDB</t>
   </si>
@@ -1275,51 +1275,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no035-2025_ana_maiza.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_no036-2025_junior_nogueira.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no030-2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_no045-2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no047-2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/10/mocao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/42/mocao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/43/mocao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_pesar_no15-2025_maiza.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_parabens_no18-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_no20-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/457/mocao_de_aplausos_no21-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/458/mocao_de_aplausos_no22-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_decreto_legislativo_no006-2025.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_decreto_legislativo_no007-2025.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_decreto_legislativo_no008-2025.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_decreto_legislativo_no009-2025.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_decreto_legislativo_no010-2025_titulo_de_cidadao.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_decreto_legislativo_no011-2025_titulo_de_honra_ao_merito.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_n_001-2025_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_002-2025_de_24_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/439/pl_no_005-2025_-_denomina_travessa_manoel_velho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/440/pl_no_006-2025_-_edificio_manairama_hotel.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_legislativo_de_lei_no010-2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_legislativo_de_lei_no11-2025.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_no_012-2025_1_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_legislativo_de_lei_no15-2025.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_legislativo_de_lei_no16-2025.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_legislativo_de_lei_no018-2025.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_resolucao_001-2025_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_036-2025.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_026-2025_-.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_028-2025.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_040-2025.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_041-2025.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_042-2025.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_no_043-2025.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_n_001-2025_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_n_019-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/36/indicacao_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/37/indicacao_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_n_023-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_n_024-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_no035-2025_ana_maiza.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_no036-2025_junior_nogueira.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/436/indicacao_no030-2025.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/437/indicacao_no045-2025.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/446/indicacao_no047-2025.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/10/mocao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/42/mocao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/43/mocao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/435/mocao_de_pesar_no15-2025_maiza.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/447/mocao_de_parabens_no18-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/449/mocao_de_aplausos_no20-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/457/mocao_de_aplausos_no21-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/458/mocao_de_aplausos_no22-2025_maiza.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/445/projeto_de_decreto_legislativo_no006-2025.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_decreto_legislativo_no007-2025.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_decreto_legislativo_no008-2025.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_decreto_legislativo_no009-2025.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_decreto_legislativo_no010-2025_titulo_de_cidadao.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_decreto_legislativo_no011-2025_titulo_de_honra_ao_merito.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/11/projeto_de_lei_n_001-2025_de_17_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_002-2025_de_24_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/439/pl_no_005-2025_-_denomina_travessa_manoel_velho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/440/pl_no_006-2025_-_edificio_manairama_hotel.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_legislativo_de_lei_no010-2025.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_legislativo_de_lei_no11-2025.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_no_012-2025_1_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_legislativo_de_lei_no15-2025.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_legislativo_de_lei_no16-2025.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_legislativo_de_lei_no018-2025.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_resolucao_001-2025_de_07_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_n_003-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/47/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/48/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/49/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/50/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/51/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/52/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/53/requerimento_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/55/requerimento_n_018-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/56/requerimento_n_020-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/57/requerimento_n_021-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/58/requerimento_n_022-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_026-2025_-.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_028-2025.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_036-2025.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_040-2025.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_041-2025.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_042-2025.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ourobranco.rn.leg.br/media/sapl/public/materialegislativa/2025/451/requerimento_no_043-2025.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -3418,112 +3418,112 @@
       </c>
       <c r="D82" t="s">
         <v>219</v>
       </c>
       <c r="E82" t="s">
         <v>220</v>
       </c>
       <c r="F82" t="s">
         <v>76</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>275</v>
       </c>
       <c r="H82" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>277</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D83" t="s">
         <v>219</v>
       </c>
       <c r="E83" t="s">
         <v>220</v>
       </c>
       <c r="F83" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>278</v>
       </c>
       <c r="H83" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>280</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D84" t="s">
         <v>219</v>
       </c>
       <c r="E84" t="s">
         <v>220</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>281</v>
       </c>
       <c r="H84" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>283</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="D85" t="s">
         <v>219</v>
       </c>
       <c r="E85" t="s">
         <v>220</v>
       </c>
       <c r="F85" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H85" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>286</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>120</v>
       </c>
       <c r="D86" t="s">
         <v>219</v>
       </c>
       <c r="E86" t="s">
         <v>220</v>
       </c>
       <c r="F86" t="s">